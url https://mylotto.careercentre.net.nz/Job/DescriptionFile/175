--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -1,2376 +1,2488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="7359" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="7319"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E53687" w:rsidRPr="00BE60CE" w14:paraId="51FBBE5B" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00E53687" w14:paraId="51FBBE5B" w14:textId="77777777" w:rsidTr="00E56B16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B94532" w14:textId="55DB9C48" w:rsidR="00031B5A" w:rsidRPr="00BE60CE" w:rsidRDefault="00031B5A" w:rsidP="36A232D3">
+          <w:p w14:paraId="61B94532" w14:textId="55DB9C48" w:rsidR="00031B5A" w:rsidRDefault="00031B5A" w:rsidP="00E56B16">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Wahoo Book" w:eastAsia="Wahoo Book" w:hAnsi="Wahoo Book" w:cs="Wahoo Book"/>
+                <w:rFonts w:ascii="Wahoo Heavy" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wahoo Heavy" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="211D70"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA07EAA" w14:textId="76151E52" w:rsidR="00031B5A" w:rsidRPr="00BE60CE" w:rsidRDefault="00031B5A" w:rsidP="36A232D3">
+          <w:p w14:paraId="1BA07EAA" w14:textId="76151E52" w:rsidR="00031B5A" w:rsidRDefault="00031B5A" w:rsidP="00E56B16">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Wahoo Book" w:eastAsia="Wahoo Book" w:hAnsi="Wahoo Book" w:cs="Wahoo Book"/>
+                <w:rFonts w:ascii="Wahoo Heavy" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wahoo Heavy" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="211D70"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7319" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7727EEA9" w14:textId="63046BA3" w:rsidR="00031B5A" w:rsidRPr="00BE60CE" w:rsidRDefault="00C544AE" w:rsidP="36A232D3">
+          <w:p w14:paraId="7727EEA9" w14:textId="01B0A8B8" w:rsidR="00031B5A" w:rsidRPr="00234AD6" w:rsidRDefault="00234AD6" w:rsidP="00E56B16">
             <w:pPr>
               <w:pStyle w:val="HHeader1"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC3F9B">
               <w:t xml:space="preserve">Position </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC3F9B">
               <w:br/>
-              <w:t>description</w:t>
+            </w:r>
+            <w:r w:rsidR="007B38CB" w:rsidRPr="00EC3F9B">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC3F9B">
+              <w:t>escription</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="524012FD" w14:textId="50E28699" w:rsidR="000A3A99" w:rsidRPr="00562B9C" w:rsidRDefault="00017F3B" w:rsidP="36A232D3">
+    <w:p w14:paraId="524012FD" w14:textId="50E28699" w:rsidR="000A3A99" w:rsidRPr="00696A7C" w:rsidRDefault="00017F3B" w:rsidP="00017F3B">
       <w:pPr>
         <w:pStyle w:val="HHeader2"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="758"/>
         </w:tabs>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E56B16" w:rsidRPr="00BE60CE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E56B16">
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
           <w:insideV w:val="single" w:sz="48" w:space="0" w:color="FFFFFF" w:themeColor="background2"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4530"/>
         <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00766F39" w:rsidRPr="00BE60CE" w14:paraId="56CF28F8" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00766F39" w14:paraId="56CF28F8" w14:textId="77777777" w:rsidTr="00EB00A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E4ED5F" w14:textId="77777777" w:rsidR="00562B9C" w:rsidRPr="007F3A0C" w:rsidRDefault="00562B9C" w:rsidP="0029480A">
+          <w:p w14:paraId="2899BBA8" w14:textId="4C57FAF6" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00D404B2" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
-              <w:t>Title</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4BC9356B" w14:textId="718DD5D9" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="00026284" w:rsidP="00273663">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00733059" w:rsidRPr="007F3A0C">
+              <w:t>itle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC9356B" w14:textId="618424BE" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00D01E20" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Engineer</w:t>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Contract </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF">
+              <w:t>Quality Assurance Analyst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735332DD" w14:textId="6643963E" w:rsidR="004E1ED3" w:rsidRPr="00562B9C" w:rsidRDefault="004E1ED3" w:rsidP="0029480A">
+          <w:p w14:paraId="735332DD" w14:textId="6643963E" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="004E1ED3" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00562B9C">
+            <w:r w:rsidRPr="007F3A0C">
               <w:t xml:space="preserve">Reports to </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01132716" w14:textId="107A4E90" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="00B649E1" w:rsidP="00273663">
+          <w:p w14:paraId="01132716" w14:textId="4BB926E5" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00CC6BEF" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Principal </w:t>
-[...5 lines deleted...]
-              <w:t>Assurance Manager</w:t>
+              <w:t>Qua</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01E20">
+              <w:t>l</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ity Assurance Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00766F39" w:rsidRPr="00BE60CE" w14:paraId="4210581A" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00766F39" w14:paraId="4210581A" w14:textId="77777777" w:rsidTr="00EB00A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59FE0B86" w14:textId="588E6176" w:rsidR="004E1ED3" w:rsidRPr="00562B9C" w:rsidRDefault="00733059" w:rsidP="0029480A">
+          <w:p w14:paraId="59FE0B86" w14:textId="588E6176" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00733059" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00562B9C">
+            <w:r w:rsidRPr="007F3A0C">
               <w:t>Division</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="646391DA" w14:textId="097F57FD" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="001E06AE" w:rsidP="00273663">
+          <w:p w14:paraId="646391DA" w14:textId="2A3F8299" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00CC6BEF" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>Transformation</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Technology</w:t>
+              <w:t xml:space="preserve">Innovation &amp; Technology </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9EE901" w14:textId="49E7B16C" w:rsidR="004E1ED3" w:rsidRPr="00562B9C" w:rsidRDefault="00B76BED" w:rsidP="0029480A">
+          <w:p w14:paraId="1A9EE901" w14:textId="49E7B16C" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00B76BED" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00562B9C">
+            <w:r w:rsidRPr="007F3A0C">
               <w:t>Department</w:t>
             </w:r>
-            <w:r w:rsidR="004E1ED3" w:rsidRPr="00562B9C">
+            <w:r w:rsidR="004E1ED3" w:rsidRPr="007F3A0C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ADF42BE" w14:textId="63CB6C6D" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="5C8885B7" w:rsidP="00273663">
+          <w:p w14:paraId="5ADF42BE" w14:textId="02206788" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00CC6BEF" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Software Delivery</w:t>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Technology Innovation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696A7C" w:rsidRPr="00BE60CE" w14:paraId="01696256" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00696A7C" w:rsidRPr="00696A7C" w14:paraId="01696256" w14:textId="77777777" w:rsidTr="00EB00A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3883350F" w14:textId="693DD4EA" w:rsidR="004E1ED3" w:rsidRPr="00562B9C" w:rsidRDefault="00733059" w:rsidP="0029480A">
+          <w:p w14:paraId="3883350F" w14:textId="693DD4EA" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00733059" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00562B9C">
+            <w:r w:rsidRPr="007F3A0C">
               <w:t>Location</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0810B890" w14:textId="42A72FE9" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="00B76BED" w:rsidP="00273663">
+          <w:p w14:paraId="0810B890" w14:textId="31FA2D41" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00B76BED" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00BE60CE">
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F3A0C">
               <w:t>Auckland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67422AFD" w14:textId="041E082D" w:rsidR="004E1ED3" w:rsidRPr="00562B9C" w:rsidRDefault="00B76BED" w:rsidP="0029480A">
+          <w:p w14:paraId="67422AFD" w14:textId="041E082D" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00B76BED" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00562B9C">
+            <w:r w:rsidRPr="007F3A0C">
               <w:t>Last updated</w:t>
             </w:r>
-            <w:r w:rsidR="004E1ED3" w:rsidRPr="00562B9C">
+            <w:r w:rsidR="004E1ED3" w:rsidRPr="007F3A0C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04851AFF" w14:textId="3DA56966" w:rsidR="004E1ED3" w:rsidRPr="00BE60CE" w:rsidRDefault="00E438A6" w:rsidP="00273663">
+          <w:p w14:paraId="04851AFF" w14:textId="2A7695E7" w:rsidR="004E1ED3" w:rsidRPr="007F3A0C" w:rsidRDefault="00D01E20" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>December 2025</w:t>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF">
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF">
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58103740" w14:textId="7FD97CFE" w:rsidR="007A2C5F" w:rsidRPr="00562B9C" w:rsidRDefault="007A2C5F" w:rsidP="00273663">
+    <w:p w14:paraId="58103740" w14:textId="7FD97CFE" w:rsidR="007A2C5F" w:rsidRDefault="007A2C5F" w:rsidP="00053164">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyBlack"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="559D2444" w14:textId="77777777" w:rsidR="00723AF4" w:rsidRPr="00562B9C" w:rsidRDefault="00723AF4" w:rsidP="00273663">
+    <w:p w14:paraId="559D2444" w14:textId="77777777" w:rsidR="00723AF4" w:rsidRDefault="00723AF4" w:rsidP="00053164">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyBlack"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="401A47E0" w14:textId="77777777" w:rsidR="00723AF4" w:rsidRPr="00BE60CE" w:rsidRDefault="00723AF4" w:rsidP="36A232D3">
+    <w:p w14:paraId="401A47E0" w14:textId="77777777" w:rsidR="00723AF4" w:rsidRPr="00797816" w:rsidRDefault="00723AF4" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="PPullQuoteWhite"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00797816">
         <w:t>Our commitment as a Crown Entity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B44341E" w14:textId="5123BE0B" w:rsidR="00723AF4" w:rsidRPr="00BE60CE" w:rsidRDefault="00723AF4" w:rsidP="36A232D3">
+    <w:p w14:paraId="4B44341E" w14:textId="5123BE0B" w:rsidR="00723AF4" w:rsidRDefault="00723AF4" w:rsidP="00837B27">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyWhite"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-NZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE60CE">
+      <w:r w:rsidRPr="007A2C5F">
         <w:rPr>
-          <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-NZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Ka mahitahi mātou o te ratonga tūmatanui kia hei painga mō ngā tāngata o Aotearoa i āianei, ā, hei ngā rā ki tua hoki. He kawenga tino whaitake tā mātou hei tautoko i te Karauna i runga i āna hononga ki a ngāi Māori i raro i te Tiriti o Waitangi. Ka tautoko mātou i te kāwanatanga manapori. Ka whakakotahingia mātou e te wairua whakarato ki ō mātou hapori, ā, e arahina ana mātou e ngā mātāpono me ngā tikanga matua o te ratonga tūmatanui i roto i ā mātou mahi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633E8888" w14:textId="7108AFC1" w:rsidR="00837B27" w:rsidRPr="00BE60CE" w:rsidRDefault="00837B27" w:rsidP="36A232D3">
+    <w:p w14:paraId="633E8888" w14:textId="7108AFC1" w:rsidR="00837B27" w:rsidRDefault="00837B27" w:rsidP="00837B27">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyWhite"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D125027" w14:textId="71F36F99" w:rsidR="00837B27" w:rsidRPr="00BE60CE" w:rsidRDefault="00837B27" w:rsidP="00273663">
+    <w:p w14:paraId="6D125027" w14:textId="71F36F99" w:rsidR="00837B27" w:rsidRDefault="00837B27" w:rsidP="00053164">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyBlack"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BE60CE">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t>In the public</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE60CE">
+      <w:r w:rsidRPr="5E233619">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE60CE">
+      <w:r>
         <w:t>service we work collectively to make a meaningful difference for New Zealanders now and in the future. We have an important role in supporting the Crown in its relationships with Māori under the Treaty of Waitangi. We support democratic government. We are unified by a spirit of service to our communities and guided by the core principles and values of the public service in our work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754B83F5" w14:textId="77777777" w:rsidR="00837B27" w:rsidRPr="00562B9C" w:rsidRDefault="00837B27" w:rsidP="36A232D3">
+    <w:p w14:paraId="754B83F5" w14:textId="77777777" w:rsidR="00837B27" w:rsidRDefault="00837B27" w:rsidP="00837B27">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyWhite"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DDD6447" w14:textId="215CD4B5" w:rsidR="00151613" w:rsidRPr="00562B9C" w:rsidRDefault="00151613" w:rsidP="36A232D3">
+    <w:p w14:paraId="2DDD6447" w14:textId="215CD4B5" w:rsidR="00151613" w:rsidRDefault="00151613" w:rsidP="00723AF4">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyWhite"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-NZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DD76850" w14:textId="12A5B698" w:rsidR="007A2C5F" w:rsidRPr="00BE60CE" w:rsidRDefault="00837B27" w:rsidP="36A232D3">
+    <w:p w14:paraId="4DD76850" w14:textId="12A5B698" w:rsidR="007A2C5F" w:rsidRPr="00797816" w:rsidRDefault="00837B27" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="PPullQuoteWhite"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00797816">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="007A2C5F" w:rsidRPr="00BE60CE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007A2C5F" w:rsidRPr="00797816">
         <w:t>ole purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7E0890" w14:textId="0D140AA7" w:rsidR="00F00E75" w:rsidRPr="00BE60CE" w:rsidRDefault="00F00E75" w:rsidP="00562B9C">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Lotto NZ takes a quality and customer centric view for software delivery. As such Lotto NZ is </w:t>
+    <w:p w14:paraId="39533181" w14:textId="3FF26414" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="007A2C5F" w:rsidP="00CC6BEF">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A2C5F">
+        <w:br/>
       </w:r>
-      <w:r w:rsidR="5931427E" w:rsidRPr="00BE60CE">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">always </w:t>
+      <w:r w:rsidR="004357AD" w:rsidRPr="004357AD">
+        <w:t xml:space="preserve">Lotto NZ takes a quality and customer centric view for software delivery. As such Lotto NZ is always striving for more frequent releases whilst maintaining a focus on integrity and quality of delivery.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE60CE">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">striving for </w:t>
+      <w:r w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF">
+        <w:t xml:space="preserve">The QA Analyst </w:t>
       </w:r>
-      <w:r w:rsidR="35401076" w:rsidRPr="00BE60CE">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">more </w:t>
+      <w:r w:rsidR="00434529">
+        <w:t>is a key role</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE60CE">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">frequent releases whilst maintaining </w:t>
+      <w:r w:rsidR="00BC44C1">
+        <w:t xml:space="preserve"> in this process, and </w:t>
       </w:r>
-      <w:r w:rsidR="666139C4" w:rsidRPr="00BE60CE">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> part in achieving this.</w:t>
+      <w:r w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF">
+        <w:t xml:space="preserve">will be responsible for ensuring that all software released is robust, secure, operates with complete integrity; and meets the business needs of Lotto NZ. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1B4D3C" w14:textId="77777777" w:rsidR="00F00E75" w:rsidRPr="00562B9C" w:rsidRDefault="00F00E75" w:rsidP="00562B9C">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="479EF003" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="146ED73C" w14:textId="2B8030B7" w:rsidR="00F00E75" w:rsidRPr="00BE60CE" w:rsidRDefault="41006F3C" w:rsidP="00562B9C">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="376A8E3D" w14:textId="1A7644DE" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00AB6AAE" w:rsidP="00CC6BEF">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE60CE">
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">As </w:t>
+        <w:t xml:space="preserve">This position will help establish a test-driven culture </w:t>
       </w:r>
-      <w:r w:rsidR="00F00E75" w:rsidRPr="00BE60CE">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Test Automation </w:t>
+      <w:r w:rsidR="00926D7E">
+        <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="0083416C">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> automated testing scripts, working with developers and software delivery colleagues to ensure our 24/7/365 services are robust, available, and enhanced, both prior to and after implementation of new services and tools.</w:t>
+      <w:r w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF">
+        <w:t xml:space="preserve"> will be involved on a daily basis in testing of the latest web technologies in the MyLotto interactive channels, the core Lotteries gaming system and will have regular participation in other project-based work. The role requires the applicant to be autonomous and capable of managing test effort for allocated projects. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B43C381" w14:textId="77777777" w:rsidR="00F00E75" w:rsidRPr="00562B9C" w:rsidRDefault="00F00E75" w:rsidP="00562B9C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="68B66BD1" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00837B27" w:rsidRDefault="00CC6BEF" w:rsidP="00053164">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE87A55" w14:textId="44AC8C36" w:rsidR="00837B27" w:rsidRDefault="00837B27" w:rsidP="00797816">
+      <w:pPr>
+        <w:pStyle w:val="PPullQuoteWhite"/>
         <w:rPr>
-          <w:rFonts w:ascii="Wahoo Book" w:hAnsi="Wahoo Book"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-NZ"/>
+          <w:rFonts w:ascii="Wahoo Bold" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wahoo Bold" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="3C2D64"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...120 lines deleted...]
-        <w:t xml:space="preserve">in test engineering and programming, a background in quality assurance and the ability to communicate clearly with multiple stakeholders.  </w:t>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B68227B" w14:textId="77777777" w:rsidR="00090F2D" w:rsidRDefault="00090F2D" w:rsidP="00562B9C">
-[...37 lines deleted...]
-    <w:p w14:paraId="2B92B055" w14:textId="77777777" w:rsidR="00BC6444" w:rsidRPr="00797816" w:rsidRDefault="00BC6444" w:rsidP="00BC6444">
+    <w:p w14:paraId="05D3C553" w14:textId="4B59B7AE" w:rsidR="00097688" w:rsidRPr="00797816" w:rsidRDefault="00097688" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="HHeader2"/>
       </w:pPr>
       <w:r w:rsidRPr="00797816">
         <w:lastRenderedPageBreak/>
         <w:t>What you will focus on</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="E9710B" w:themeColor="accent4"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E9710B" w:themeColor="accent4"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="E9710B" w:themeColor="accent4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00234AD6" w:rsidRPr="00BE60CE" w14:paraId="2CD2125E" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00234AD6" w:rsidRPr="001F00F6" w14:paraId="7727893F" w14:textId="77777777" w:rsidTr="003F0026">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="143225CA" w14:textId="6F066617" w:rsidR="00766F39" w:rsidRPr="0029480A" w:rsidRDefault="0029480A" w:rsidP="0029480A">
+          <w:p w14:paraId="79D80065" w14:textId="58D381B7" w:rsidR="00F565FE" w:rsidRPr="003F0026" w:rsidRDefault="00CC6BEF" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00FB0A7A" w:rsidRPr="0029480A">
+            </w:pPr>
+            <w:r>
+              <w:t>Process &amp; Planning</w:t>
+            </w:r>
+            <w:r w:rsidR="00B011AD">
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B8E644D" w14:textId="72024C6D" w:rsidR="00B527B8" w:rsidRPr="001E27E9" w:rsidRDefault="00C2635E" w:rsidP="001E27E9">
+          <w:p w14:paraId="07484662" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
-              <w:framePr w:wrap="around"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Involvement in the test planning and test script development process for business projects and managing the test execution phases.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC0C995" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Assist in development and maintenance of testing and implementation procedures, ensuring that all software testing and releases are properly documented and auditable.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51024ADF" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensuring test plans are completed to a high standard and delivered on time.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBC5576" w14:textId="0A1C945C" w:rsidR="00F41271" w:rsidRPr="001F00F6" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Contribute to process improvement initiatives</w:t>
+            </w:r>
             <w:r>
-              <w:t>I</w:t>
-[...93 lines deleted...]
-            <w:r w:rsidRPr="001E27E9">
               <w:t>.</w:t>
-            </w:r>
-[...38 lines deleted...]
-              <w:t>CI/CD pipeline executions and perform detailed failure analysis when issues arise.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00234AD6" w:rsidRPr="00BE60CE" w14:paraId="5EF88B14" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00234AD6" w:rsidRPr="001F00F6" w14:paraId="2CD2125E" w14:textId="77777777" w:rsidTr="003F0026">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="705E1185" w14:textId="6547C732" w:rsidR="00766F39" w:rsidRPr="00BE60CE" w:rsidRDefault="00BC5652" w:rsidP="0029480A">
+          <w:p w14:paraId="143225CA" w14:textId="17ADC3FB" w:rsidR="00766F39" w:rsidRPr="00766F39" w:rsidRDefault="00CC6BEF" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BE60CE">
+            </w:pPr>
+            <w:r>
+              <w:t>Delivery &amp; Results</w:t>
+            </w:r>
+            <w:r w:rsidR="00B011AD">
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DA3CBCD" w14:textId="77777777" w:rsidR="00AA71B0" w:rsidRPr="001E27E9" w:rsidRDefault="00AA71B0" w:rsidP="001E27E9">
+          <w:p w14:paraId="0B9FE739" w14:textId="65406BEC" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27E9">
-[...3 lines deleted...]
-          <w:p w14:paraId="4FCE55E2" w14:textId="77777777" w:rsidR="00AA71B0" w:rsidRPr="001E27E9" w:rsidRDefault="00AA71B0" w:rsidP="001E27E9">
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Quality assurance of all software.  All software should be implemented in a timely and cost-effective manner and meet security, reliability, performance, and integrity standards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10763C4B" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27E9">
-[...3 lines deleted...]
-          <w:p w14:paraId="39C193D9" w14:textId="77777777" w:rsidR="00AA71B0" w:rsidRPr="001E27E9" w:rsidRDefault="00AA71B0" w:rsidP="001E27E9">
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Work co-operatively with the IT team and software suppliers to ensure error-free development, controlled testing and implementation of software modifications and enhancements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F3C0C5" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27E9">
-[...3 lines deleted...]
-          <w:p w14:paraId="4AB36362" w14:textId="31A559F7" w:rsidR="00192364" w:rsidRPr="00BE60CE" w:rsidRDefault="00AA71B0" w:rsidP="001E27E9">
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Utilise and maintain test automation suites to ensure accurate test coverage and efficient testing across all environments.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C370FE4" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Maintain all test assets and ensure system changes and defects are reflected within associated test assets.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6769A539" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensure proper authorisation processes are adhered to by the business for system change control.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF45E3D" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Identifying test conditions, creating repeatable test cases/scripts from business requirement and project documentation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD01E87" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Maintain and manage the issues and defects in Jira, ensuring that all system enhancements and problems are recorded and processed efficiently and working closely with development teams on issue resolution.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A300F1D" w14:textId="3D8CDB62" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Execution, maintenance, and development of test automation scripts and ensuring that software development standards are adhered.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C09EEF" w14:textId="674C7AE4" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Provide in-house training and knowledge share of testing processes, methodologies, and test automation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="489DF0AB" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensure no high severity defects are found in production environment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E26B2A6" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensure defects are identified as part of this process and recommendations made to business analysis team.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA08509" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience in deployment activities and associated smoke testing for post-production implementation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721C987C" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensuring defect tracking tool has 100% traceability of testware artefacts and defects, and no defects are identified in production attributed to environment differences.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E12D4AB" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>As required, work with the development team and related team members to design test scenarios and test scripts using best practices.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5918F093" w14:textId="43757545" w:rsidR="00C14AEB" w:rsidRPr="001F00F6" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>Provide test plans, strategies, estimations, progress reports, documentation and attend daily stand ups.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>As required, assist in leading test effort on projects.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="001009A4" w14:paraId="1C5E6498" w14:textId="77777777" w:rsidTr="0074460B">
+      <w:tr w:rsidR="00234AD6" w:rsidRPr="001F00F6" w14:paraId="5EF88B14" w14:textId="77777777" w:rsidTr="003F0026">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E78E46E" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="001009A4" w:rsidRDefault="001009A4" w:rsidP="0029480A">
+          <w:p w14:paraId="705E1185" w14:textId="550E0D10" w:rsidR="00766F39" w:rsidRPr="00766F39" w:rsidRDefault="00CC6BEF" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="001009A4">
-[...8 lines deleted...]
-          <w:p w14:paraId="1DF32F62" w14:textId="24DBBA9E" w:rsidR="001E27E9" w:rsidRPr="001E27E9" w:rsidRDefault="001E27E9" w:rsidP="001E27E9">
+            <w:r>
+              <w:t>Customer Service</w:t>
+            </w:r>
+            <w:r w:rsidR="00B011AD">
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC5C8D4" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27E9">
-[...3 lines deleted...]
-          <w:p w14:paraId="156D7674" w14:textId="77777777" w:rsidR="001E27E9" w:rsidRPr="001E27E9" w:rsidRDefault="001E27E9" w:rsidP="001E27E9">
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Act as a knowledge resource for the business on providing system and operational insights.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB36362" w14:textId="773420B7" w:rsidR="00192364" w:rsidRPr="001F00F6" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27E9">
-[...51 lines deleted...]
-              <w:t>Innovate in the automated test space to improve operating efficiency.</w:t>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Ensure effective communication is maintained.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001009A4" w:rsidRPr="001F00F6" w14:paraId="3F653328" w14:textId="77777777" w:rsidTr="0074460B">
+      <w:tr w:rsidR="00234AD6" w:rsidRPr="001F00F6" w14:paraId="76E99DB0" w14:textId="77777777" w:rsidTr="003F0026">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55127760" w14:textId="19A1E5D8" w:rsidR="001009A4" w:rsidRPr="00766F39" w:rsidRDefault="001009A4" w:rsidP="0029480A">
+          <w:p w14:paraId="5CE4C33E" w14:textId="0D77C38D" w:rsidR="00766F39" w:rsidRPr="00766F39" w:rsidRDefault="00766F39" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00B011AD">
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="407A7C96" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="007F3A0C" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+          <w:p w14:paraId="77B6F6C2" w14:textId="3505B3CC" w:rsidR="00F960AE" w:rsidRPr="007F3A0C" w:rsidRDefault="00F960AE" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Any other duties as reasonably required by </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00DD4DB9">
               <w:t>your manager</w:t>
             </w:r>
             <w:r w:rsidRPr="007F3A0C">
               <w:t xml:space="preserve"> or other key stakeholders.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="360A50BF" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="007F3A0C" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+          <w:p w14:paraId="12228F13" w14:textId="77777777" w:rsidR="00DC22D5" w:rsidRPr="007F3A0C" w:rsidRDefault="00DC22D5" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
               <w:t>Ensure all company policies, procedures and guidelines are followed and adhered to.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C88973" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="007F3A0C" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+          <w:p w14:paraId="52D782AD" w14:textId="77777777" w:rsidR="006E71E8" w:rsidRPr="007F3A0C" w:rsidRDefault="006A2774" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
               <w:t>Take an active role in promoting and ensuring a safe and healthy workplace at Lotto NZ for yourself and others.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C4DE75A" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="007F3A0C" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+          <w:p w14:paraId="257A2B66" w14:textId="04AC5178" w:rsidR="00A03BDC" w:rsidRPr="007F3A0C" w:rsidRDefault="005D67D5" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
-              <w:t>Lotto NZ’s purpose is to provide safe gaming that allows New Zealanders to play and win while contributing money back to New Zealand communities: Ensure that minimising the potential for harm from our games is a key consideration in all day-to-day activities and decision making, through adhering to all Lotto NZ responsible gaming processes and policies.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="33B15B16" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="007F3A0C" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+              <w:t>Lotto NZ’s purpose is to provide safe gaming that allows New Zealanders to play and win while contributing money back to New Zealand communities</w:t>
+            </w:r>
+            <w:r w:rsidR="00D428E6" w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve">Ensure that minimising the potential for harm from our games is a key consideration in all day-to-day activities </w:t>
+            </w:r>
+            <w:r w:rsidR="007B38CB" w:rsidRPr="007F3A0C">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve"> decision making</w:t>
+            </w:r>
+            <w:r w:rsidR="007B38CB" w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve">through adhering to all Lotto NZ responsible gaming processes </w:t>
+            </w:r>
+            <w:r w:rsidR="007B38CB" w:rsidRPr="007F3A0C">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3A0C">
+              <w:t xml:space="preserve"> policies</w:t>
+            </w:r>
+            <w:r w:rsidR="007B38CB" w:rsidRPr="007F3A0C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B287FF6" w14:textId="5B0E9906" w:rsidR="00A03BDC" w:rsidRPr="007F3A0C" w:rsidRDefault="00A03BDC" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
-              <w:lastRenderedPageBreak/>
               <w:t>Ensure the Lotto NZ Health and Safety policy is adhered to (including procedures in the Health and Safety Manual) and hazards, incidents and near misses are reported in the Health and Safety system in a timely manner.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36002A58" w14:textId="77777777" w:rsidR="001009A4" w:rsidRPr="001F00F6" w:rsidRDefault="001009A4" w:rsidP="0074460B">
+          <w:p w14:paraId="4EC85820" w14:textId="0DAC8657" w:rsidR="00A03BDC" w:rsidRPr="001F00F6" w:rsidRDefault="00A03BDC" w:rsidP="009E26D3">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
               <w:ind w:left="284" w:hanging="283"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3A0C">
-              <w:t xml:space="preserve">Comply with all Lotto NZ security policies and instructions, complete all required security awareness training and report any security incidents or concerns in a timely manner. </w:t>
+              <w:t xml:space="preserve">Comply with all Lotto NZ security policies and instructions, complete all required security awareness training and report any security incidents </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3A0C">
+              <w:br/>
+              <w:t xml:space="preserve">or concerns in a timely manner. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6834C8DD" w14:textId="77777777" w:rsidR="001009A4" w:rsidRDefault="001009A4" w:rsidP="36A232D3">
+    <w:p w14:paraId="2EB634CA" w14:textId="4F064F3A" w:rsidR="007A2C5F" w:rsidRDefault="007A2C5F" w:rsidP="00053164">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B56EFB3" w14:textId="77777777" w:rsidR="007A2C5F" w:rsidRDefault="007A2C5F" w:rsidP="00053164">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05D6EE31" w14:textId="5906EF80" w:rsidR="00274488" w:rsidRDefault="00274488" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="HHeader2"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>Your skills and experience</w:t>
+      <w:r w:rsidRPr="001F00F6">
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F00F6">
+        <w:t xml:space="preserve">kills </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F00F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F00F6">
+        <w:t>xperience</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
           <w:insideV w:val="single" w:sz="48" w:space="0" w:color="FFFFFF" w:themeColor="background2"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="6650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00151613" w:rsidRPr="00BE60CE" w14:paraId="1783430B" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00151613" w14:paraId="1783430B" w14:textId="77777777" w:rsidTr="00151613">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F921FF4" w14:textId="6170030A" w:rsidR="00151613" w:rsidRPr="00B63176" w:rsidRDefault="00151613" w:rsidP="0029480A">
+          <w:p w14:paraId="1F921FF4" w14:textId="6170030A" w:rsidR="00151613" w:rsidRPr="007F3A0C" w:rsidRDefault="00151613" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B63176">
+            <w:r>
               <w:t>Technical skills</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43E0888A" w14:textId="21318A79" w:rsidR="00151613" w:rsidRPr="00BE60CE" w:rsidRDefault="00151613" w:rsidP="00273663">
+          <w:p w14:paraId="43E0888A" w14:textId="21318A79" w:rsidR="00151613" w:rsidRPr="007F3A0C" w:rsidRDefault="00151613" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CBEBF2" w14:textId="7D0A3E21" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+          <w:p w14:paraId="4A759856" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="54277A22" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Good understanding of test processes and techniques.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C61F2D6" w14:textId="453BB8E5" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="098539D1" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>A broad, practical knowledge of computer operations, operating systems, and network communications.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74ADBC2D" w14:textId="0CDB6990" w:rsidR="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="5707BF6C" w14:textId="55AA7D53" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Solid understanding of API testing with associated test tools (e.g., SOAP UI, Postman)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E127BCE" w14:textId="5D35420F" w:rsidR="00DE3D55" w:rsidRPr="00CC6BEF" w:rsidRDefault="00DE3D55" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="5F476A6C" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Experience with Web and Mobile automation tools</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481912A4" w14:textId="586D6A2A" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="51CAA96B" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Good understanding of databases and basic SQL commands</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04ED0702" w14:textId="788EB794" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="66D25532" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Good understanding of Linux commands</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14327AA5" w14:textId="16259F4E" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="2E1B4B83" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Good understanding of BDD</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F97D824" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="682CAD17" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Excellent problem-solving skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB7B370" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="14F936A8" w14:textId="77777777" w:rsidR="00B95585" w:rsidRPr="00BE60CE" w:rsidRDefault="00B95585" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve">Good inter-personal skills. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="797BA559" w14:textId="3C5D3499" w:rsidR="00F0487B" w:rsidRPr="007F3A0C" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...25 lines deleted...]
-              <w:t>Postman or similar tool for making API calls</w:t>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Sound communication skills, both written and verbal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00151613" w:rsidRPr="00BE60CE" w14:paraId="0137D3B2" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00151613" w14:paraId="0137D3B2" w14:textId="77777777" w:rsidTr="00151613">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B70EADE" w14:textId="7CFE6543" w:rsidR="00151613" w:rsidRPr="00BE60CE" w:rsidRDefault="00151613" w:rsidP="0029480A">
+          <w:p w14:paraId="6B70EADE" w14:textId="7CFE6543" w:rsidR="00151613" w:rsidRPr="007F3A0C" w:rsidRDefault="00151613" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B63176">
+            </w:pPr>
+            <w:r>
               <w:t>Experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECD1FA6" w14:textId="06F24616" w:rsidR="001536E6" w:rsidRPr="00BE60CE" w:rsidRDefault="001536E6" w:rsidP="36A232D3">
+          <w:p w14:paraId="12E8309F" w14:textId="29631D7A" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00D01E20" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="66038FD4" w14:textId="22C6426E" w:rsidR="00CF3B49" w:rsidRPr="00BE60CE" w:rsidRDefault="00CF3B49" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve"> years’ experience in a software testing role</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BEF">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709DFB35" w14:textId="22CDB013" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...33 lines deleted...]
-          <w:p w14:paraId="31B195C1" w14:textId="77777777" w:rsidR="00CF3B49" w:rsidRPr="00BE60CE" w:rsidRDefault="00CF3B49" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve">Testing experience at a </w:t>
+            </w:r>
+            <w:r w:rsidR="00D01E20">
+              <w:t>senior</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve"> level</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77BB09FA" w14:textId="71326784" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="04CAC982" w14:textId="1C2ED26C" w:rsidR="00CF3B49" w:rsidRPr="00BE60CE" w:rsidRDefault="00AF3D15" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience in testing rich internet applications, and the latest web technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D7AA10C" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="72A14322" w14:textId="77777777" w:rsidR="00CF3B49" w:rsidRPr="00BE60CE" w:rsidRDefault="00CF3B49" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience in testing mobile websites/applications and devices.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4481327C" w14:textId="393061FA" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="2783AAAF" w14:textId="62B4729E" w:rsidR="00F0487B" w:rsidRPr="00BE60CE" w:rsidRDefault="00CF3B49" w:rsidP="36A232D3">
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience in testing APIs, soap, and rest</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7A92D1" w14:textId="406C582E" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience with testing in a variety of different SDLC methodologies (Waterfall, V-Model, Agile)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185F389D" w14:textId="18C1F456" w:rsidR="00CC6BEF" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:wrap="around"/>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t xml:space="preserve">Experience with test automation scripts </w:t>
+            </w:r>
+            <w:r w:rsidR="005568BE">
+              <w:t xml:space="preserve">for API’s, Web and Mobile Apps using a variety of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>tools</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2783AAAF" w14:textId="0EAF1FC5" w:rsidR="00F0487B" w:rsidRPr="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
+            <w:pPr>
+              <w:pStyle w:val="BulletPoints"/>
+              <w:framePr w:wrap="around"/>
+              <w:ind w:left="284" w:hanging="283"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Wahoo Book" w:cs="Wahoo Book"/>
-                <w:lang w:eastAsia="en-NZ"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE60CE">
-[...4 lines deleted...]
-              <w:t>Testing of e-commerce websites and mobile applications</w:t>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>Experience in a real-time transaction-processing environment</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00151613" w:rsidRPr="00BE60CE" w14:paraId="5DB7A68F" w14:textId="77777777" w:rsidTr="36A232D3">
+      <w:tr w:rsidR="00151613" w:rsidRPr="00696A7C" w14:paraId="5DB7A68F" w14:textId="77777777" w:rsidTr="00151613">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="401315B2" w14:textId="77777777" w:rsidR="00B63176" w:rsidRPr="007F3A0C" w:rsidRDefault="00B63176" w:rsidP="0029480A">
+          <w:p w14:paraId="66FCDB9D" w14:textId="35FA0449" w:rsidR="00151613" w:rsidRPr="007F3A0C" w:rsidRDefault="00151613" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
             <w:r>
               <w:t>Qualifications</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A58DD6F" w14:textId="77777777" w:rsidR="00190335" w:rsidRPr="00BE60CE" w:rsidRDefault="00190335" w:rsidP="36A232D3">
+          <w:p w14:paraId="514BA2F6" w14:textId="4575097E" w:rsidR="00F0487B" w:rsidRPr="007F3A0C" w:rsidRDefault="00CC6BEF" w:rsidP="00CC6BEF">
             <w:pPr>
               <w:pStyle w:val="BulletPoints"/>
               <w:framePr w:wrap="around"/>
-              <w:rPr>
-[...41 lines deleted...]
-              <w:t>Advanced technical ISTQB qualifications (desirable)</w:t>
+              <w:ind w:left="284" w:hanging="283"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC6BEF">
+              <w:t>ISTQB certified (or equivalent) preferred</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06B60618" w14:textId="77777777" w:rsidR="00B63176" w:rsidRDefault="00B63176" w:rsidP="00490618">
+    <w:p w14:paraId="697DAB11" w14:textId="77777777" w:rsidR="00151613" w:rsidRDefault="00151613" w:rsidP="00053164">
+      <w:pPr>
+        <w:pStyle w:val="PBodyCopyBlack"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00DB72BD" w14:textId="77777777" w:rsidR="00DA46EC" w:rsidRDefault="00DA46EC" w:rsidP="00151613">
+      <w:pPr>
+        <w:pStyle w:val="HHeader5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA2714A" w14:textId="77777777" w:rsidR="00CC6BEF" w:rsidRDefault="00CC6BEF" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="HHeader2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DAB43E0" w14:textId="37FD2D0C" w:rsidR="00490618" w:rsidRDefault="00490618" w:rsidP="00490618">
+    <w:p w14:paraId="6359EC08" w14:textId="5E27EC55" w:rsidR="00A53711" w:rsidRDefault="00A53711" w:rsidP="00797816">
       <w:pPr>
         <w:pStyle w:val="HHeader2"/>
       </w:pPr>
       <w:r w:rsidRPr="001F00F6">
+        <w:lastRenderedPageBreak/>
         <w:t>Authorities</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="3C2D64"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="3C2D64"/>
           <w:insideV w:val="single" w:sz="48" w:space="0" w:color="FFFFFF" w:themeColor="background2"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4530"/>
         <w:gridCol w:w="4530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00490618" w14:paraId="4AD27D6A" w14:textId="77777777" w:rsidTr="0074460B">
+      <w:tr w:rsidR="00B958F7" w14:paraId="3D935C2C" w14:textId="77777777" w:rsidTr="00A53711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E57DAA5" w14:textId="77777777" w:rsidR="00490618" w:rsidRDefault="00490618" w:rsidP="0029480A">
+          <w:p w14:paraId="6E82E496" w14:textId="69EE8AC8" w:rsidR="00B958F7" w:rsidRDefault="00B958F7" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
             <w:r w:rsidRPr="001F00F6">
               <w:t xml:space="preserve">People </w:t>
             </w:r>
             <w:r>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="001F00F6">
               <w:t>esponsibilities:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6B9F7E" w14:textId="1DE814D3" w:rsidR="00490618" w:rsidRDefault="00AF3D15" w:rsidP="00490618">
+          <w:p w14:paraId="2E884A33" w14:textId="2E0452F1" w:rsidR="00B958F7" w:rsidRDefault="00CC6BEF" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00D83A59">
-              <w:t xml:space="preserve"> person</w:t>
+            <w:r w:rsidR="00B958F7">
+              <w:t xml:space="preserve"> people</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490618" w14:paraId="41D6596C" w14:textId="77777777" w:rsidTr="0074460B">
+      <w:tr w:rsidR="00B958F7" w14:paraId="4A200215" w14:textId="77777777" w:rsidTr="00A53711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="082220C8" w14:textId="77777777" w:rsidR="00490618" w:rsidRDefault="00490618" w:rsidP="0029480A">
+          <w:p w14:paraId="5943CF10" w14:textId="158D40B7" w:rsidR="00B958F7" w:rsidRDefault="00B958F7" w:rsidP="00151613">
             <w:pPr>
               <w:pStyle w:val="HHeader5"/>
             </w:pPr>
             <w:r w:rsidRPr="001F00F6">
               <w:t xml:space="preserve">Signature </w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="001F00F6">
               <w:t>uthority of:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="205040E5" w14:textId="519EF47C" w:rsidR="00490618" w:rsidRDefault="00D83A59" w:rsidP="00490618">
+          <w:p w14:paraId="196B72CE" w14:textId="0CBCAA17" w:rsidR="00B958F7" w:rsidRDefault="00870375" w:rsidP="00053164">
             <w:pPr>
               <w:pStyle w:val="PBodyCopyBlack"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>$0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="573161F8" w14:textId="77777777" w:rsidR="00490618" w:rsidRDefault="00490618" w:rsidP="00490618"/>
-    <w:p w14:paraId="1C8849DA" w14:textId="77777777" w:rsidR="00490618" w:rsidRDefault="00490618" w:rsidP="00490618">
+    <w:p w14:paraId="08C81961" w14:textId="63C81882" w:rsidR="008D15B5" w:rsidRDefault="008D15B5" w:rsidP="00837B27">
       <w:pPr>
         <w:pStyle w:val="PBodyCopyWhite"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08C81961" w14:textId="63C81882" w:rsidR="008D15B5" w:rsidRPr="00BE60CE" w:rsidRDefault="008D15B5" w:rsidP="00490618">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="008D15B5" w:rsidRPr="00BE60CE" w:rsidSect="00656122">
+    <w:sectPr w:rsidR="008D15B5" w:rsidSect="00B1095C">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1398" w:right="1418" w:bottom="567" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1398" w:right="1418" w:bottom="709" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66D8B4BE" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122" w:rsidP="000A4FCF">
+    <w:p w14:paraId="3CFF40F5" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0" w:rsidP="000A4FCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28C15BC8" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122" w:rsidP="000A4FCF">
+    <w:p w14:paraId="6D492ADF" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0" w:rsidP="000A4FCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="75E00496" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122">
+    <w:p w14:paraId="06BB0F25" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...27 lines deleted...]
-  </w:font>
   <w:font w:name="Wahoo Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0803030504060303"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wahoo Book">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0503030504060303"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lumios Marker">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wahoo Heavy">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0903030504060303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26D81D9E" w14:textId="77777777" w:rsidR="00E56B16" w:rsidRDefault="00E56B16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="112F8059" w14:textId="77777777" w:rsidR="00E56B16" w:rsidRDefault="00E56B16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="60D0FB39" w14:textId="77777777" w:rsidR="00E56B16" w:rsidRDefault="00E56B16">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29C0E4D5" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122" w:rsidP="000A4FCF">
+    <w:p w14:paraId="306A175D" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0" w:rsidP="000A4FCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CB9C6E0" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122" w:rsidP="000A4FCF">
+    <w:p w14:paraId="696AC8EC" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0" w:rsidP="000A4FCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="21090042" w14:textId="77777777" w:rsidR="00656122" w:rsidRDefault="00656122">
+    <w:p w14:paraId="772A523E" w14:textId="77777777" w:rsidR="00A73FE0" w:rsidRDefault="00A73FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="278C61EE" w14:textId="4917CC63" w:rsidR="00273663" w:rsidRDefault="00273663">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5169D4CF" w14:textId="77777777" w:rsidR="00E56B16" w:rsidRDefault="00E56B16">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B442F7E" w14:textId="7F49D8E8" w:rsidR="00273663" w:rsidRDefault="00273663">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="35F8F0B6" w14:textId="77777777" w:rsidR="00E56B16" w:rsidRDefault="00E56B16">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1CF34970" w14:textId="3E377F64" w:rsidR="00F0487B" w:rsidRPr="001E0E7B" w:rsidRDefault="00F0487B" w:rsidP="001E0E7B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1CF34970" w14:textId="4873D7ED" w:rsidR="00F0487B" w:rsidRPr="001E0E7B" w:rsidRDefault="00F0487B" w:rsidP="001E0E7B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F2F8A06" wp14:editId="6621CC4B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-911063</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>22</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7583402" cy="10718724"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Picture 8"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7583402" cy="10718724"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Description: C:\Users\rnelson\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Outlook\V6H3W0DA\Lotto-Dark-Blue-Triangle (2).png" style="width:300pt;height:279pt;visibility:visible" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="Lotto-Dark-Blue-Triangle (2)"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13FF406B"/>
-[...109 lines deleted...]
-      </w:rPr>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B8D67884"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8B189D60"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D8E420D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3BFED036"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3DEE1E9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2C64569A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="97AE7714"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="99EEDCE6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DBA02D2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A1640052"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="073E013C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E306070"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12FC0DB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6B658E8"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="133B6B21"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="617084D2"/>
+    <w:lvl w:ilvl="0" w:tplc="75581B38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13D15E9E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57629D2E"/>
+    <w:lvl w:ilvl="0" w:tplc="75581B38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="002060"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15C026BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C6ACC12"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
-[...1 lines deleted...]
-      <w:numFmt w:val="bullet"/>
+    <w:lvl w:ilvl="0" w:tplc="46BCF2AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="PBodyCopyBlack"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2433,51 +2545,278 @@
     <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16B2714B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35100458"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B695CD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2696BC36"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BD47999"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FE26D18"/>
     <w:lvl w:ilvl="0" w:tplc="A9C2F1E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="002060"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2547,196 +2886,1262 @@
     <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...6 lines deleted...]
-      <w:pStyle w:val="BulletPoints"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="407C1650"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="51CE9D30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C090001">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C090001">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B111E68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="631800FC"/>
+    <w:lvl w:ilvl="0" w:tplc="75581B38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D114BF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="301AB90C"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52DD2C61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="243ED3B2"/>
+    <w:lvl w:ilvl="0" w:tplc="D4E60EAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletPoints"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53814B12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B565A2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58DC3705"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E3E535A"/>
+    <w:lvl w:ilvl="0" w:tplc="F89075C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="340" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="E9710B" w:themeColor="accent4"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FB579C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E22C6DD4"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60630436"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F24C6C8"/>
+    <w:lvl w:ilvl="0" w:tplc="14090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="632A18BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17AA2F58"/>
+    <w:lvl w:ilvl="0" w:tplc="75581B38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="002060"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C40C2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E7C7808"/>
+    <w:lvl w:ilvl="0" w:tplc="4F0E656E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wahoo Bold" w:hAnsi="Wahoo Bold" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FE02427"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="677C947E"/>
     <w:lvl w:ilvl="0" w:tplc="48287DD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6881" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="F58220"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2799,507 +4204,828 @@
     <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1909028356">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76F30C0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C32A0EA"/>
+    <w:lvl w:ilvl="0" w:tplc="B7ACC93A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78860ACE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70747052"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D2A07BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A648BA82"/>
+    <w:lvl w:ilvl="0" w:tplc="BCE8A542">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="002060"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="14090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1630168189">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="410466065">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1874346731">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1628200732">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="749667385">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2082869454">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="535779382">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="355542033">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1652127061">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="946621943">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="491676572">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1149592128">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1023900321">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1295528115">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="400521388">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1551531138">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="357775786">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1630471913">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="873270777">
+  <w:num w:numId="19" w16cid:durableId="700473818">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1484811534">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="20" w16cid:durableId="1173186035">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1453743547">
-[...2 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1155754445">
+  <w:num w:numId="21" w16cid:durableId="1381589659">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1168978145">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="22" w16cid:durableId="1193959224">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1867256424">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="23" w16cid:durableId="939022499">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1614358829">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="24" w16cid:durableId="399864437">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="870723266">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="25" w16cid:durableId="1821192762">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="4"/>
+  <w:num w:numId="26" w16cid:durableId="122771453">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1792481966">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1289623583">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1848598184">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="37438679">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="753933335">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1447698060">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="93014851">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="315648638">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="850408720">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1336883638">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1957253324">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1000699393">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1007054727">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1119688340">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="2023431842">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="65811775">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1133714616">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="338586509">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B77425"/>
     <w:rsid w:val="00015279"/>
     <w:rsid w:val="000175BB"/>
-    <w:rsid w:val="000176FC"/>
     <w:rsid w:val="00017F3B"/>
-    <w:rsid w:val="00026284"/>
     <w:rsid w:val="00031B5A"/>
-    <w:rsid w:val="00051583"/>
     <w:rsid w:val="00053164"/>
     <w:rsid w:val="000646C7"/>
     <w:rsid w:val="00064BFA"/>
     <w:rsid w:val="00070DD5"/>
-    <w:rsid w:val="00090F2D"/>
+    <w:rsid w:val="00096100"/>
     <w:rsid w:val="00097688"/>
-    <w:rsid w:val="000A292A"/>
     <w:rsid w:val="000A3A99"/>
     <w:rsid w:val="000A4FCF"/>
     <w:rsid w:val="000B403C"/>
     <w:rsid w:val="000C0459"/>
     <w:rsid w:val="000C12C5"/>
-    <w:rsid w:val="000F4077"/>
-    <w:rsid w:val="001009A4"/>
     <w:rsid w:val="00100F95"/>
-    <w:rsid w:val="0010295A"/>
     <w:rsid w:val="0010408F"/>
     <w:rsid w:val="00104515"/>
-    <w:rsid w:val="00116CEC"/>
-    <w:rsid w:val="001213AA"/>
     <w:rsid w:val="00126061"/>
     <w:rsid w:val="00134ABE"/>
     <w:rsid w:val="00141D16"/>
     <w:rsid w:val="00151613"/>
-    <w:rsid w:val="001536E6"/>
-    <w:rsid w:val="00155030"/>
     <w:rsid w:val="0016481E"/>
     <w:rsid w:val="0017430A"/>
     <w:rsid w:val="00177B5E"/>
-    <w:rsid w:val="00190335"/>
     <w:rsid w:val="00192364"/>
-    <w:rsid w:val="001A42A2"/>
     <w:rsid w:val="001D30FE"/>
-    <w:rsid w:val="001E06AE"/>
     <w:rsid w:val="001E0E7B"/>
-    <w:rsid w:val="001E27E9"/>
     <w:rsid w:val="001F00F6"/>
     <w:rsid w:val="001F1448"/>
     <w:rsid w:val="001F3331"/>
     <w:rsid w:val="00203DEC"/>
     <w:rsid w:val="00204984"/>
     <w:rsid w:val="0022100C"/>
     <w:rsid w:val="00234AD6"/>
-    <w:rsid w:val="0024663C"/>
     <w:rsid w:val="00251D17"/>
     <w:rsid w:val="00253B43"/>
     <w:rsid w:val="002606ED"/>
-    <w:rsid w:val="00273663"/>
     <w:rsid w:val="00274488"/>
     <w:rsid w:val="0028328A"/>
     <w:rsid w:val="0028577E"/>
-    <w:rsid w:val="0029480A"/>
     <w:rsid w:val="00295B03"/>
     <w:rsid w:val="002B2572"/>
-    <w:rsid w:val="002E613A"/>
-    <w:rsid w:val="002E68A6"/>
     <w:rsid w:val="002F3B66"/>
-    <w:rsid w:val="002F5204"/>
     <w:rsid w:val="0030777F"/>
     <w:rsid w:val="00327858"/>
     <w:rsid w:val="00340315"/>
-    <w:rsid w:val="00345A01"/>
     <w:rsid w:val="0035556B"/>
     <w:rsid w:val="003572FC"/>
     <w:rsid w:val="003653C0"/>
-    <w:rsid w:val="0037365D"/>
-    <w:rsid w:val="00377A65"/>
     <w:rsid w:val="00377BFD"/>
-    <w:rsid w:val="00392BCB"/>
-    <w:rsid w:val="003A3C8C"/>
     <w:rsid w:val="003B0489"/>
     <w:rsid w:val="003C6E19"/>
     <w:rsid w:val="003C7318"/>
     <w:rsid w:val="003D288B"/>
     <w:rsid w:val="003E0494"/>
     <w:rsid w:val="003F0026"/>
     <w:rsid w:val="00405232"/>
-    <w:rsid w:val="00412528"/>
     <w:rsid w:val="00426556"/>
+    <w:rsid w:val="00434529"/>
+    <w:rsid w:val="004357AD"/>
     <w:rsid w:val="00451662"/>
     <w:rsid w:val="004632B2"/>
     <w:rsid w:val="00466B30"/>
-    <w:rsid w:val="00483F53"/>
-    <w:rsid w:val="00490618"/>
     <w:rsid w:val="004956CA"/>
     <w:rsid w:val="004B1E7B"/>
     <w:rsid w:val="004C51D5"/>
     <w:rsid w:val="004C614A"/>
-    <w:rsid w:val="004C6C5E"/>
     <w:rsid w:val="004E1ED3"/>
     <w:rsid w:val="004E2DA9"/>
     <w:rsid w:val="00502218"/>
     <w:rsid w:val="00533F09"/>
-    <w:rsid w:val="00562B9C"/>
-    <w:rsid w:val="00563618"/>
+    <w:rsid w:val="005568BE"/>
+    <w:rsid w:val="005709D8"/>
+    <w:rsid w:val="00582C53"/>
     <w:rsid w:val="005855FE"/>
     <w:rsid w:val="005926F0"/>
     <w:rsid w:val="005A5B2B"/>
     <w:rsid w:val="005D2AEF"/>
     <w:rsid w:val="005D67D5"/>
     <w:rsid w:val="00613A79"/>
     <w:rsid w:val="00620433"/>
     <w:rsid w:val="00630B1B"/>
-    <w:rsid w:val="00656122"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0068055E"/>
     <w:rsid w:val="00680D51"/>
     <w:rsid w:val="00681654"/>
     <w:rsid w:val="00691ED6"/>
     <w:rsid w:val="006954CC"/>
     <w:rsid w:val="00696A7C"/>
     <w:rsid w:val="006A2774"/>
     <w:rsid w:val="006B770E"/>
-    <w:rsid w:val="006C46C2"/>
     <w:rsid w:val="006E71E8"/>
     <w:rsid w:val="00702E5F"/>
-    <w:rsid w:val="00711EE9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007156A1"/>
     <w:rsid w:val="00723AF4"/>
     <w:rsid w:val="007241C5"/>
     <w:rsid w:val="00733059"/>
     <w:rsid w:val="007546EA"/>
     <w:rsid w:val="00766F39"/>
-    <w:rsid w:val="00777E7D"/>
     <w:rsid w:val="007843A5"/>
     <w:rsid w:val="00784740"/>
     <w:rsid w:val="00787D7D"/>
     <w:rsid w:val="007977E6"/>
     <w:rsid w:val="00797816"/>
     <w:rsid w:val="007A0C4E"/>
-    <w:rsid w:val="007A2BF7"/>
     <w:rsid w:val="007A2C5F"/>
     <w:rsid w:val="007B12FC"/>
     <w:rsid w:val="007B38CB"/>
     <w:rsid w:val="007D4054"/>
-    <w:rsid w:val="007D52B4"/>
     <w:rsid w:val="007D5703"/>
     <w:rsid w:val="007D5C9A"/>
     <w:rsid w:val="007D6BC6"/>
     <w:rsid w:val="007E0CDD"/>
-    <w:rsid w:val="007F0523"/>
     <w:rsid w:val="007F3A0C"/>
     <w:rsid w:val="007F52FE"/>
-    <w:rsid w:val="00801025"/>
     <w:rsid w:val="00804ECE"/>
-    <w:rsid w:val="00807709"/>
     <w:rsid w:val="0081281B"/>
     <w:rsid w:val="00825092"/>
-    <w:rsid w:val="0083416C"/>
     <w:rsid w:val="00837B27"/>
-    <w:rsid w:val="008620B9"/>
     <w:rsid w:val="00870375"/>
     <w:rsid w:val="00873F28"/>
-    <w:rsid w:val="00874F4C"/>
     <w:rsid w:val="008923A8"/>
     <w:rsid w:val="008A1DDC"/>
-    <w:rsid w:val="008C2262"/>
     <w:rsid w:val="008C2DB4"/>
     <w:rsid w:val="008D15B5"/>
-    <w:rsid w:val="00913EE7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00926674"/>
+    <w:rsid w:val="00926D7E"/>
     <w:rsid w:val="00930A15"/>
     <w:rsid w:val="00936CC4"/>
     <w:rsid w:val="00961F46"/>
     <w:rsid w:val="00991A67"/>
     <w:rsid w:val="009973E9"/>
     <w:rsid w:val="009A0E1D"/>
     <w:rsid w:val="009A5622"/>
     <w:rsid w:val="009A7A65"/>
     <w:rsid w:val="009C55F4"/>
     <w:rsid w:val="009E26D3"/>
-    <w:rsid w:val="009E3225"/>
     <w:rsid w:val="00A02B46"/>
     <w:rsid w:val="00A03BDC"/>
     <w:rsid w:val="00A04ED5"/>
     <w:rsid w:val="00A23DCF"/>
     <w:rsid w:val="00A332ED"/>
     <w:rsid w:val="00A53711"/>
     <w:rsid w:val="00A55BF2"/>
+    <w:rsid w:val="00A73FE0"/>
     <w:rsid w:val="00A90CA5"/>
     <w:rsid w:val="00A9711E"/>
     <w:rsid w:val="00AA4BD9"/>
-    <w:rsid w:val="00AA71B0"/>
-    <w:rsid w:val="00AB651D"/>
+    <w:rsid w:val="00AB6AAE"/>
     <w:rsid w:val="00AC01E2"/>
     <w:rsid w:val="00AC2045"/>
     <w:rsid w:val="00AC4641"/>
     <w:rsid w:val="00AC4810"/>
+    <w:rsid w:val="00AE04EF"/>
     <w:rsid w:val="00AE4248"/>
     <w:rsid w:val="00AE7A66"/>
     <w:rsid w:val="00AF062F"/>
-    <w:rsid w:val="00AF3D15"/>
     <w:rsid w:val="00B011AD"/>
-    <w:rsid w:val="00B0226A"/>
     <w:rsid w:val="00B1095C"/>
+    <w:rsid w:val="00B13A52"/>
     <w:rsid w:val="00B2284A"/>
-    <w:rsid w:val="00B527B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B649E1"/>
     <w:rsid w:val="00B719D3"/>
     <w:rsid w:val="00B76BED"/>
     <w:rsid w:val="00B77425"/>
     <w:rsid w:val="00B817D4"/>
-    <w:rsid w:val="00B86274"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B95585"/>
+    <w:rsid w:val="00B92899"/>
     <w:rsid w:val="00B958F7"/>
-    <w:rsid w:val="00BA12D4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC6444"/>
+    <w:rsid w:val="00BC44C1"/>
     <w:rsid w:val="00BC742F"/>
     <w:rsid w:val="00BD1355"/>
     <w:rsid w:val="00BD3788"/>
     <w:rsid w:val="00BD4824"/>
     <w:rsid w:val="00BE05F0"/>
-    <w:rsid w:val="00BE07B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE60CE"/>
     <w:rsid w:val="00BF0676"/>
     <w:rsid w:val="00BF6E22"/>
     <w:rsid w:val="00C04769"/>
     <w:rsid w:val="00C07195"/>
     <w:rsid w:val="00C14AEB"/>
-    <w:rsid w:val="00C22607"/>
-    <w:rsid w:val="00C2635E"/>
     <w:rsid w:val="00C41E82"/>
     <w:rsid w:val="00C46655"/>
-    <w:rsid w:val="00C544AE"/>
     <w:rsid w:val="00C553DB"/>
-    <w:rsid w:val="00C635E5"/>
-    <w:rsid w:val="00C65562"/>
     <w:rsid w:val="00C74C69"/>
-    <w:rsid w:val="00C80B96"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C9522A"/>
     <w:rsid w:val="00CA5C5D"/>
     <w:rsid w:val="00CA6C92"/>
-    <w:rsid w:val="00CB7230"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC777B"/>
+    <w:rsid w:val="00CC6BEF"/>
     <w:rsid w:val="00CD485A"/>
-    <w:rsid w:val="00CF3B49"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D368E8"/>
+    <w:rsid w:val="00D01E20"/>
+    <w:rsid w:val="00D16495"/>
+    <w:rsid w:val="00D346B2"/>
     <w:rsid w:val="00D404B2"/>
     <w:rsid w:val="00D428E6"/>
     <w:rsid w:val="00D62C96"/>
     <w:rsid w:val="00D6773C"/>
-    <w:rsid w:val="00D83A59"/>
     <w:rsid w:val="00D979F0"/>
     <w:rsid w:val="00DA46EC"/>
     <w:rsid w:val="00DA6D32"/>
     <w:rsid w:val="00DC22D5"/>
     <w:rsid w:val="00DD166A"/>
     <w:rsid w:val="00DD371B"/>
     <w:rsid w:val="00DD4DB9"/>
     <w:rsid w:val="00DD5D21"/>
     <w:rsid w:val="00DD645A"/>
+    <w:rsid w:val="00DE3D55"/>
     <w:rsid w:val="00DE7742"/>
     <w:rsid w:val="00DE7B0E"/>
     <w:rsid w:val="00E00689"/>
     <w:rsid w:val="00E01CB7"/>
     <w:rsid w:val="00E06EF9"/>
     <w:rsid w:val="00E11CB3"/>
-    <w:rsid w:val="00E14F14"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E24018"/>
     <w:rsid w:val="00E2552B"/>
-    <w:rsid w:val="00E438A6"/>
     <w:rsid w:val="00E44FBF"/>
     <w:rsid w:val="00E53687"/>
     <w:rsid w:val="00E56B16"/>
-    <w:rsid w:val="00E742F9"/>
     <w:rsid w:val="00E809AE"/>
-    <w:rsid w:val="00E80B84"/>
     <w:rsid w:val="00E867DB"/>
     <w:rsid w:val="00EA1290"/>
-    <w:rsid w:val="00EA17A4"/>
     <w:rsid w:val="00EA73CB"/>
     <w:rsid w:val="00EB00A1"/>
     <w:rsid w:val="00EB7202"/>
     <w:rsid w:val="00EC3F9B"/>
     <w:rsid w:val="00EC7521"/>
-    <w:rsid w:val="00ED417A"/>
-    <w:rsid w:val="00EF364E"/>
     <w:rsid w:val="00EF55DD"/>
-    <w:rsid w:val="00F00E75"/>
-    <w:rsid w:val="00F02EDD"/>
     <w:rsid w:val="00F0487B"/>
-    <w:rsid w:val="00F12B18"/>
     <w:rsid w:val="00F14EE3"/>
-    <w:rsid w:val="00F17405"/>
     <w:rsid w:val="00F21D48"/>
-    <w:rsid w:val="00F31615"/>
     <w:rsid w:val="00F41271"/>
     <w:rsid w:val="00F419E1"/>
     <w:rsid w:val="00F565FE"/>
     <w:rsid w:val="00F73E2C"/>
     <w:rsid w:val="00F744EC"/>
     <w:rsid w:val="00F87AAA"/>
     <w:rsid w:val="00F90EA4"/>
-    <w:rsid w:val="00F91E89"/>
     <w:rsid w:val="00F936C4"/>
     <w:rsid w:val="00F93999"/>
     <w:rsid w:val="00F960AE"/>
     <w:rsid w:val="00FA4863"/>
-    <w:rsid w:val="00FB0A7A"/>
     <w:rsid w:val="00FC3920"/>
     <w:rsid w:val="00FC4803"/>
     <w:rsid w:val="00FC55AC"/>
     <w:rsid w:val="00FD2942"/>
     <w:rsid w:val="00FF0C8F"/>
     <w:rsid w:val="00FF5657"/>
     <w:rsid w:val="00FF6564"/>
-    <w:rsid w:val="00FF76D0"/>
-[...29 lines deleted...]
-    <w:rsid w:val="5DD84F3F"/>
     <w:rsid w:val="5E233619"/>
-    <w:rsid w:val="5F78A684"/>
-[...6 lines deleted...]
-    <w:rsid w:val="79AADA17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NZ" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-NZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="707B794E"/>
-  <w15:docId w15:val="{B9AADD06-F17B-4792-8806-AE30D637F2A7}"/>
+  <w15:docId w15:val="{56BF8124-3E67-41D0-A48B-646219A3E202}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-NZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3451,51 +5177,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -3842,68 +5568,73 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HHeader6">
     <w:name w:val="H – Header 6"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00C41E82"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Wahoo Book" w:hAnsi="Wahoo Book"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HHeader5">
     <w:name w:val="H – Header 5"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="0029480A"/>
+    <w:rsid w:val="00151613"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Wahoo Book" w:hAnsi="Wahoo Book"/>
+      <w:rFonts w:ascii="Wahoo Bold" w:hAnsi="Wahoo Bold"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PBodyCopyBlack">
     <w:name w:val="P – Body Copy Black"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00273663"/>
+    <w:rsid w:val="00053164"/>
     <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Wahoo Book" w:hAnsi="Wahoo Book"/>
       <w:noProof/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-NZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PBullets">
     <w:name w:val="P – Bullets"/>
     <w:basedOn w:val="BulletPoints"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00F744EC"/>
     <w:pPr>
       <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
       <w:ind w:left="567" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
@@ -4084,303 +5815,138 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="H-Heading2Char">
     <w:name w:val="H - Heading 2 Char"/>
     <w:basedOn w:val="Heading1Char"/>
     <w:link w:val="H-Heading2"/>
     <w:rsid w:val="00104515"/>
     <w:rPr>
       <w:rFonts w:ascii="Wahoo Bold" w:eastAsia="Times New Roman" w:hAnsi="Wahoo Bold" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="3C2D64"/>
       <w:kern w:val="32"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoints">
     <w:name w:val="Bullet Points"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BulletPointsChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C6E19"/>
     <w:pPr>
       <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="67"/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="28"/>
       </w:numPr>
       <w:spacing w:after="50" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="-3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Wahoo Book" w:eastAsia="Times New Roman" w:hAnsi="Wahoo Book" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletPointsChar">
     <w:name w:val="Bullet Points Char"/>
     <w:basedOn w:val="Heading1Char"/>
     <w:link w:val="BulletPoints"/>
     <w:rsid w:val="003C6E19"/>
     <w:rPr>
       <w:rFonts w:ascii="Wahoo Book" w:eastAsia="Times New Roman" w:hAnsi="Wahoo Book" w:cs="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2262"/>
+    <w:rsid w:val="00CC6BEF"/>
     <w:pPr>
+      <w:spacing w:after="240" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
-    </w:pPr>
-[...10 lines deleted...]
-      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Wahoo Book" w:hAnsi="Wahoo Book" w:cs="Arial"/>
-[...97 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="103621341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="278803871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="298800505">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="641428689">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="750396212">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="834564194">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="997463119">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1171259551">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -4395,54 +5961,58 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1965500436">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Lotto NZ">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="555555"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="AAAAAA"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="3C2C64"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6168B"/>
       </a:accent2>
@@ -4708,139 +6278,63 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B448CB3802316478530F9E4A1A282F6" ma:contentTypeVersion="37" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8e89a62dfef36c1fc360fe0f2204dad4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf" xmlns:ns3="d2625898-0b62-47ea-a298-0694fc57d155" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab2046a1e9bf8fbfc968259b65df2acf" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf"/>
     <xsd:import namespace="d2625898-0b62-47ea-a298-0694fc57d155"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:haceb9f13310438c8f90d5c032b78a40" minOccurs="0"/>
                 <xsd:element ref="ns2:jd17a03e97844611acf34096c359fb7a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:k85095139e5d43d1a6c127899e7d1f0c" minOccurs="0"/>
                 <xsd:element ref="ns1:DocumentSetDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:i53bf4be11f54539a635a60e37fd7237" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -5013,159 +6507,225 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf">QXEVUFSEYF7E-1251115175-4368</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf">
+      <Url>https://nzlotteries.sharepoint.com/sites/PC/_layouts/15/DocIdRedir.aspx?ID=QXEVUFSEYF7E-1251115175-4368</Url>
+      <Description>QXEVUFSEYF7E-1251115175-4368</Description>
+    </_dlc_DocIdUrl>
+    <haceb9f13310438c8f90d5c032b78a40 xmlns="d2625898-0b62-47ea-a298-0694fc57d155">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </haceb9f13310438c8f90d5c032b78a40>
+    <jd17a03e97844611acf34096c359fb7a xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </jd17a03e97844611acf34096c359fb7a>
+    <TaxCatchAll xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf" xsi:nil="true"/>
+    <k85095139e5d43d1a6c127899e7d1f0c xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </k85095139e5d43d1a6c127899e7d1f0c>
+    <DocumentSetDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <i53bf4be11f54539a635a60e37fd7237 xmlns="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </i53bf4be11f54539a635a60e37fd7237>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21BB1F3-6953-466A-A1C9-1A41B3C9166A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34D5127F-8AEF-4404-B6A7-9FA8D9E5EE0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD19FB6C-7C72-459C-8845-C14920349AB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34D5127F-8AEF-4404-B6A7-9FA8D9E5EE0E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80766726-E427-4CBF-BCFA-A96CEB418FF8}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21BB1F3-6953-466A-A1C9-1A41B3C9166A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2cd68cee-2f6c-40c8-88a8-59557e3fd8cf"/>
+    <ds:schemaRef ds:uri="d2625898-0b62-47ea-a298-0694fc57d155"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3ADA458-3D32-4998-BABF-361042113CB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5170</Characters>
+  <Pages>4</Pages>
+  <Words>1007</Words>
+  <Characters>5744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>New Zealand Lotteries Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5974</CharactersWithSpaces>
+  <CharactersWithSpaces>6738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Molly Workman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>274bb2c3-78ee-4f38-992d-d6c112b44188</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101001B448CB3802316478530F9E4A1A282F6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Business Unit">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>77eec73b-9a89-49d1-8f07-4db2833993f6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Business Unit">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LNZSecurityClassification">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LNZSecurityClassification">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LNZRecruitmentStatus">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LNZRecruitmentStatus">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LNZTopic">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="LNZTopic">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SharedWithUsers">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SharedWithUsers">
     <vt:lpwstr>493;#Stephen McWilliams</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Business_x0020_Unit">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="lcf76f155ced4ddcb4097134ff3c332f">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="GrammarlyDocumentId">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Business_x0020_Unit">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>